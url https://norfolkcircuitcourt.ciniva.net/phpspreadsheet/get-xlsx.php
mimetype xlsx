--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -49,51 +49,51 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="12"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FOURTH JUDICIAL CIRCUIT OF VIRGINIA
 </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Circuit Court of the City of Norfolk
 Civil Cases
 All Courtrooms
 All Judges
-Court Date: 12-28-25...01-27-26
+Court Date: 02-11-26...03-13-26
 </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="6"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NOTE: * Denotes Additional Parties</t>
     </r>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Judge</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
@@ -120,51 +120,51 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="12"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FOURTH JUDICIAL CIRCUIT OF VIRGINIA
 </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Circuit Court of the City of Norfolk
 Criminal Cases
 All Courtrooms
 All Judges
-Court Date: 12-28-25...01-27-26
+Court Date: 02-11-26...03-13-26
 </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="6"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NOTE: * Denotes Additional Parties</t>
     </r>
   </si>
   <si>
     <t>CWA</t>
   </si>
   <si>
     <t>Charge</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
@@ -639,51 +639,51 @@
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="12"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FOURTH JUDICIAL CIRCUIT OF VIRGINIA
 </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Circuit Court of the City of Norfolk
 Civil Cases
 All Courtrooms
 All Judges
-Court Date: 12-28-25...01-27-26
+Court Date: 02-11-26...03-13-26
 </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="6"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NOTE: * Denotes Additional Parties</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -765,51 +765,51 @@
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="12"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FOURTH JUDICIAL CIRCUIT OF VIRGINIA
 </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Circuit Court of the City of Norfolk
 Criminal Cases
 All Courtrooms
 All Judges
-Court Date: 12-28-25...01-27-26
+Court Date: 02-11-26...03-13-26
 </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="6"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NOTE: * Denotes Additional Parties</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" spans="1:13" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -882,31 +882,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Civil Cases</vt:lpstr>
       <vt:lpstr>Criminal Cases</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Norfolk Circuit Court</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>All Cases Docket Document</dc:title>
-  <dc:description>All Cases Docket, All Courtrooms, 12-28-25...01-27-26</dc:description>
+  <dc:description>All Cases Docket, All Courtrooms, 02-11-26...03-13-26</dc:description>
   <dc:subject>All Cases Docket Document</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>